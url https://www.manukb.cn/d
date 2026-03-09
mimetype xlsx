--- v0 (2025-12-14)
+++ v1 (2026-03-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="827" uniqueCount="435">
   <si>
     <t>条码</t>
   </si>
   <si>
     <t>信息</t>
   </si>
   <si>
     <t>日期</t>
   </si>
   <si>
     <t>CYTBG18029589</t>
   </si>
   <si>
     <t>CYTCR17077963</t>
   </si>
   <si>
     <t>500007387584</t>
   </si>
   <si>
     <t>500007414997</t>
   </si>
   <si>
     <t>500007415003</t>
   </si>
   <si>
@@ -388,50 +388,158 @@
     <t>500007876159</t>
   </si>
   <si>
     <t>500007883186</t>
   </si>
   <si>
     <t>500007876165</t>
   </si>
   <si>
     <t>500007895285</t>
   </si>
   <si>
     <t>500007895286</t>
   </si>
   <si>
     <t>500007892403</t>
   </si>
   <si>
     <t>500007895287</t>
   </si>
   <si>
     <t>500007895289</t>
   </si>
   <si>
     <t>500007895290</t>
+  </si>
+  <si>
+    <t>500007932133</t>
+  </si>
+  <si>
+    <t>500007932128</t>
+  </si>
+  <si>
+    <t>500007932124</t>
+  </si>
+  <si>
+    <t>500007932132</t>
+  </si>
+  <si>
+    <t>500007932127</t>
+  </si>
+  <si>
+    <t>500007932126</t>
+  </si>
+  <si>
+    <t>500007932125</t>
+  </si>
+  <si>
+    <t>500007876166</t>
+  </si>
+  <si>
+    <t>500007952157</t>
+  </si>
+  <si>
+    <t>500007960177</t>
+  </si>
+  <si>
+    <t>500007952159</t>
+  </si>
+  <si>
+    <t>500007945938</t>
+  </si>
+  <si>
+    <t>500007960178</t>
+  </si>
+  <si>
+    <t>500007945940</t>
+  </si>
+  <si>
+    <t>500007960175</t>
+  </si>
+  <si>
+    <t>500007945939</t>
+  </si>
+  <si>
+    <t>500007960179</t>
+  </si>
+  <si>
+    <t>500007945941</t>
+  </si>
+  <si>
+    <t>500007952160</t>
+  </si>
+  <si>
+    <t>500007960143</t>
+  </si>
+  <si>
+    <t>500007960174</t>
+  </si>
+  <si>
+    <t>500007983057</t>
+  </si>
+  <si>
+    <t>500007983110</t>
+  </si>
+  <si>
+    <t>500007983119</t>
+  </si>
+  <si>
+    <t>500007983118</t>
+  </si>
+  <si>
+    <t>500007960142</t>
+  </si>
+  <si>
+    <t>500007983120</t>
+  </si>
+  <si>
+    <t>500007983121</t>
+  </si>
+  <si>
+    <t>500007995051</t>
+  </si>
+  <si>
+    <t>500007995048</t>
+  </si>
+  <si>
+    <t>500007995047</t>
+  </si>
+  <si>
+    <t>500008000540</t>
+  </si>
+  <si>
+    <t>500007995050</t>
+  </si>
+  <si>
+    <t>500008014664</t>
+  </si>
+  <si>
+    <t>500008027643</t>
+  </si>
+  <si>
+    <t>500008027641</t>
   </si>
   <si>
     <t>已验收，重新返修。</t>
   </si>
   <si>
     <t>检测卡死，需返修翼昀</t>
   </si>
   <si>
     <t>小卡坏</t>
   </si>
   <si>
     <t>om96x
 1-7
 k1839383
 j</t>
   </si>
   <si>
     <t>测试小卡大卡好，刷机通过，只有pip不过</t>
   </si>
   <si>
     <t>刷机前通电花屏，测试没问题</t>
   </si>
   <si>
     <t>主板串给A1331498,最终待主板和pip</t>
   </si>
@@ -878,50 +986,420 @@
     <t>测试通过，拔出来后出水</t>
   </si>
   <si>
     <t>黑屏</t>
   </si>
   <si>
     <t>需要更换前面板</t>
   </si>
   <si>
     <t>液晶和显示板都有问题</t>
   </si>
   <si>
     <t>电容测试390nF</t>
   </si>
   <si>
     <t>串液晶和显示板后测试通过</t>
   </si>
   <si>
     <t>工作者报偶发性超温，待反复测试</t>
   </si>
   <si>
     <t>前面板按键有问题，测试通过</t>
   </si>
   <si>
     <t>更换前面板后测试通过</t>
+  </si>
+  <si>
+    <t>三分之二电流低于200</t>
+  </si>
+  <si>
+    <t>无法显示</t>
+  </si>
+  <si>
+    <t>控制板损坏，电容不通过</t>
+  </si>
+  <si>
+    <t>控制板故障，电流低</t>
+  </si>
+  <si>
+    <t>液晶损坏</t>
+  </si>
+  <si>
+    <t>电容损坏</t>
+  </si>
+  <si>
+    <t>蓝色电容，值为379 413 379</t>
+  </si>
+  <si>
+    <t>电源灯不亮，其他正常</t>
+  </si>
+  <si>
+    <t>马达板故障，串马达板正常</t>
+  </si>
+  <si>
+    <t>前面板，液晶损坏</t>
+  </si>
+  <si>
+    <t>控制板损坏</t>
+  </si>
+  <si>
+    <t>电流199 217 197</t>
+  </si>
+  <si>
+    <t>快速烤箱测试通过，待蒸汽烤箱测试</t>
+  </si>
+  <si>
+    <t>加热棒1、3电流无法稳定大于5000</t>
+  </si>
+  <si>
+    <t>马达板损坏</t>
+  </si>
+  <si>
+    <t>滤波板故障，缺相，继电器不作动</t>
+  </si>
+  <si>
+    <t>领保险，马达板</t>
+  </si>
+  <si>
+    <t>改装标签圈L</t>
+  </si>
+  <si>
+    <t>更换马达板，控制板，显示板后，测试通过</t>
+  </si>
+  <si>
+    <t xml:space="preserve">电流165，176，176
+</t>
+  </si>
+  <si>
+    <t>欠压</t>
+  </si>
+  <si>
+    <t>接电源后黑屏，无法启动</t>
+  </si>
+  <si>
+    <t>插电后黑屏</t>
+  </si>
+  <si>
+    <t>按键不灵敏，欠压</t>
+  </si>
+  <si>
+    <t>按键有问题，电流过大:308，330，319</t>
+  </si>
+  <si>
+    <t>功能测试正常</t>
+  </si>
+  <si>
+    <t>文字镜像，插电报错</t>
+  </si>
+  <si>
+    <t>电流正常，测试通过</t>
+  </si>
+  <si>
+    <t>电流偏小，测试通过</t>
+  </si>
+  <si>
+    <t>电流:159，183，199
+测试通过</t>
+  </si>
+  <si>
+    <t>电流不正常，测试通过</t>
+  </si>
+  <si>
+    <t>马达报错</t>
+  </si>
+  <si>
+    <t>灯泡按键损坏，电流:220  220  220</t>
+  </si>
+  <si>
+    <t>马达板有问题</t>
+  </si>
+  <si>
+    <t>串马达板后显示Safety Circuit</t>
+  </si>
+  <si>
+    <t>原装测试显示Overcurr Motor</t>
+  </si>
+  <si>
+    <t>电流:110 110 110</t>
+  </si>
+  <si>
+    <t>按键不灵敏，电流:209 110 132</t>
+  </si>
+  <si>
+    <t>电流:109 128 139
+按键损坏</t>
+  </si>
+  <si>
+    <t>按键损坏，电流:173 166 161</t>
+  </si>
+  <si>
+    <t>电容:398 400 403</t>
+  </si>
+  <si>
+    <t>电容:16.55 15.79 93.05</t>
+  </si>
+  <si>
+    <t>电容:123 167 100</t>
+  </si>
+  <si>
+    <t>电容:68  39  78</t>
+  </si>
+  <si>
+    <t>电容:395 395 397</t>
+  </si>
+  <si>
+    <t>手动开机时，一开机就显示保险丝断了</t>
+  </si>
+  <si>
+    <t>手动开机时显示保险丝断了</t>
+  </si>
+  <si>
+    <t>手动开机时显示NO Valve/Pump1</t>
+  </si>
+  <si>
+    <t>电容:484  480  475</t>
+  </si>
+  <si>
+    <t>测试通过，电流:181 176 192</t>
+  </si>
+  <si>
+    <t>电流:220 220 220，测试通过</t>
+  </si>
+  <si>
+    <t>电流:201 197 196</t>
+  </si>
+  <si>
+    <t>电流:110 110 154</t>
+  </si>
+  <si>
+    <t>按键不灵敏，电流:143 187 121</t>
+  </si>
+  <si>
+    <t>电流:198 220 220</t>
+  </si>
+  <si>
+    <t>电容:13 45 13</t>
+  </si>
+  <si>
+    <t>电容:471 452 468</t>
+  </si>
+  <si>
+    <t>电容:347 363 375</t>
+  </si>
+  <si>
+    <t>电容:7 7 17</t>
+  </si>
+  <si>
+    <t>电容：24 21 33</t>
+  </si>
+  <si>
+    <t>按键损坏，一开机报保险丝熔断</t>
+  </si>
+  <si>
+    <t>上下按键按不动，按起来没有反应</t>
+  </si>
+  <si>
+    <t>电容不行，要做Dmdor换电容</t>
+  </si>
+  <si>
+    <t>电流：173 174 193</t>
+  </si>
+  <si>
+    <t>电流：264 258 254</t>
+  </si>
+  <si>
+    <t>电容：77  156  137</t>
+  </si>
+  <si>
+    <t>电容：10，8 ，17</t>
+  </si>
+  <si>
+    <t>电流偏小（160-180），测试20分钟通过</t>
+  </si>
+  <si>
+    <t>更换新滤波板后测试通过</t>
+  </si>
+  <si>
+    <t>电流:240，223，221</t>
+  </si>
+  <si>
+    <t>电流：222 230 225</t>
+  </si>
+  <si>
+    <t>测试半小时通过</t>
+  </si>
+  <si>
+    <t>电流:246，230，223</t>
+  </si>
+  <si>
+    <t>电流：223，219，210</t>
+  </si>
+  <si>
+    <t>电流:239，225，222</t>
+  </si>
+  <si>
+    <t>报错Safety Circuit</t>
+  </si>
+  <si>
+    <t>电流:218 224 224</t>
+  </si>
+  <si>
+    <t>电流:212 222 212</t>
+  </si>
+  <si>
+    <t>电流:223 226 222</t>
+  </si>
+  <si>
+    <t>插电报no Steamvalve 1
+无蒸汽阀1</t>
+  </si>
+  <si>
+    <t>电流：220 220 220</t>
+  </si>
+  <si>
+    <t>按键面板有点花</t>
+  </si>
+  <si>
+    <t>按键面板的小灯泡有点裂</t>
+  </si>
+  <si>
+    <t>电容：432，432，431</t>
+  </si>
+  <si>
+    <t>要领控制板</t>
+  </si>
+  <si>
+    <t>电流：184，168，182</t>
+  </si>
+  <si>
+    <t>电流：227 215 216</t>
+  </si>
+  <si>
+    <t>组装后测试电流：185，167，185</t>
+  </si>
+  <si>
+    <t>组装后电流：172，160，165</t>
+  </si>
+  <si>
+    <t>组装后测试电流：231，220，222</t>
+  </si>
+  <si>
+    <t>组装后电流：226，222，224</t>
+  </si>
+  <si>
+    <t>电容：6，9，16</t>
+  </si>
+  <si>
+    <t>电容：426，423，426</t>
+  </si>
+  <si>
+    <t>保险和变压器坏了</t>
+  </si>
+  <si>
+    <t>电源板损坏</t>
+  </si>
+  <si>
+    <t>更换新的马达板、控制板、电源板、显示板、滤波板后，测试电流：110，121，143</t>
+  </si>
+  <si>
+    <t>按键面板有破损，需要领件更换</t>
+  </si>
+  <si>
+    <t>更换了控制板和滤波板</t>
+  </si>
+  <si>
+    <t>更换了滤波板和马达板</t>
+  </si>
+  <si>
+    <t>按键面板有破损</t>
+  </si>
+  <si>
+    <t>更换了显示板和电路板</t>
+  </si>
+  <si>
+    <t>测试20分钟通过</t>
+  </si>
+  <si>
+    <t>更换后测试电流：227，218，220</t>
+  </si>
+  <si>
+    <t>更换后上机测试时显示模糊</t>
+  </si>
+  <si>
+    <t>更换后测试电流：220，223，220</t>
+  </si>
+  <si>
+    <t>测试20分钟通过，屏幕显示有点白屏</t>
+  </si>
+  <si>
+    <t>更换马达板后测试电流：220，220，220</t>
+  </si>
+  <si>
+    <t>更换新滤波板后测试电流：198，220，209</t>
+  </si>
+  <si>
+    <t>申请领按键面板，没货</t>
+  </si>
+  <si>
+    <t>屏幕调好了，显示正常</t>
+  </si>
+  <si>
+    <t>装壳测试电流：220，220，220</t>
+  </si>
+  <si>
+    <t>装壳后测试通过</t>
+  </si>
+  <si>
+    <t>装壳测试电流：227，215，225</t>
+  </si>
+  <si>
+    <t>更换了新的马达板和滤波板</t>
+  </si>
+  <si>
+    <t>更换了新的控制板和电容</t>
+  </si>
+  <si>
+    <t>电流：220，220，220</t>
+  </si>
+  <si>
+    <t>测试30分钟通过</t>
+  </si>
+  <si>
+    <t>装壳测试，手动开机显示欠压</t>
+  </si>
+  <si>
+    <t>电源键不好按，必须换面板</t>
+  </si>
+  <si>
+    <t>已经串好的电源板</t>
+  </si>
+  <si>
+    <t>本次更换面板，两次故障不一致</t>
+  </si>
+  <si>
+    <t>电源键无法按</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1243,2848 +1721,4597 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:C254"/>
+  <dimension ref="A1:C413"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>162</v>
       </c>
       <c r="C2" s="2">
         <v>45699.62353009259</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>127</v>
+        <v>163</v>
       </c>
       <c r="C3" s="2">
         <v>45702.365625</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="C4" s="2">
         <v>45799.401875</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
-        <v>129</v>
+        <v>165</v>
       </c>
       <c r="C5" s="2">
         <v>45800.62842592593</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
-        <v>130</v>
+        <v>166</v>
       </c>
       <c r="C6" s="2">
         <v>45800.6768287037</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>131</v>
+        <v>167</v>
       </c>
       <c r="C7" s="2">
         <v>45803.46863425926</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>132</v>
+        <v>168</v>
       </c>
       <c r="C8" s="2">
         <v>45803.56767361111</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>133</v>
+        <v>169</v>
       </c>
       <c r="C9" s="2">
         <v>45803.79969907407</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="C10" s="2">
         <v>45803.8628125</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>135</v>
+        <v>171</v>
       </c>
       <c r="C11" s="2">
         <v>45804.61983796296</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>136</v>
+        <v>172</v>
       </c>
       <c r="C12" s="2">
         <v>45805.42275462963</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>137</v>
+        <v>173</v>
       </c>
       <c r="C13" s="2">
         <v>45805.4797337963</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>138</v>
+        <v>174</v>
       </c>
       <c r="C14" s="2">
         <v>45805.49490740741</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
       <c r="C15" s="2">
         <v>45812.58142361111</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>140</v>
+        <v>176</v>
       </c>
       <c r="C16" s="2">
         <v>45812.58229166667</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C17" s="2">
         <v>45813.62770833333</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C18" s="2">
         <v>45813.64451388889</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C19" s="2">
         <v>45813.65096064815</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="C20" s="2">
         <v>45813.65674768519</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>179</v>
       </c>
       <c r="C21" s="2">
         <v>45813.65993055556</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="C22" s="2">
         <v>45813.66346064815</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C23" s="2">
         <v>45813.66934027777</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C24" s="2">
         <v>45813.67378472222</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C25" s="2">
         <v>45814.38707175926</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
-        <v>145</v>
+        <v>181</v>
       </c>
       <c r="C26" s="2">
         <v>45814.56734953704</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>182</v>
       </c>
       <c r="C27" s="2">
         <v>45814.57039351852</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>24</v>
       </c>
       <c r="B28" t="s">
-        <v>147</v>
+        <v>183</v>
       </c>
       <c r="C28" s="2">
         <v>45814.57549768518</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>25</v>
       </c>
       <c r="B29" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C29" s="2">
         <v>45814.58141203703</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>26</v>
       </c>
       <c r="B30" t="s">
-        <v>148</v>
+        <v>184</v>
       </c>
       <c r="C30" s="2">
         <v>45814.58372685185</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>27</v>
       </c>
       <c r="B31" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C31" s="2">
         <v>45814.58819444444</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>149</v>
+        <v>185</v>
       </c>
       <c r="C32" s="2">
         <v>45814.58953703703</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>29</v>
       </c>
       <c r="B33" t="s">
-        <v>146</v>
+        <v>182</v>
       </c>
       <c r="C33" s="2">
         <v>45814.59423611111</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>30</v>
       </c>
       <c r="B34" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C34" s="2">
         <v>45814.60015046296</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>31</v>
       </c>
       <c r="B35" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C35" s="2">
         <v>45818.41152777777</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>32</v>
       </c>
       <c r="B36" t="s">
-        <v>151</v>
+        <v>187</v>
       </c>
       <c r="C36" s="2">
         <v>45818.41365740741</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>33</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>188</v>
       </c>
       <c r="C37" s="2">
         <v>45824.46225694445</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>34</v>
       </c>
       <c r="B38" t="s">
-        <v>153</v>
+        <v>189</v>
       </c>
       <c r="C38" s="2">
         <v>45824.46822916667</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>35</v>
       </c>
       <c r="B39" t="s">
-        <v>154</v>
+        <v>190</v>
       </c>
       <c r="C39" s="2">
         <v>45824.6328587963</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>35</v>
       </c>
       <c r="B40" t="s">
-        <v>155</v>
+        <v>191</v>
       </c>
       <c r="C40" s="2">
         <v>45824.67777777778</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>33</v>
       </c>
       <c r="B41" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="C41" s="2">
         <v>45825.60168981482</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>36</v>
       </c>
       <c r="B42" t="s">
-        <v>157</v>
+        <v>193</v>
       </c>
       <c r="C42" s="2">
         <v>45825.7762037037</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>36</v>
       </c>
       <c r="B43" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="C43" s="2">
         <v>45825.77630787037</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>36</v>
       </c>
       <c r="B44" t="s">
-        <v>159</v>
+        <v>195</v>
       </c>
       <c r="C44" s="2">
         <v>45825.77655092593</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>37</v>
       </c>
       <c r="B45" t="s">
-        <v>160</v>
+        <v>196</v>
       </c>
       <c r="C45" s="2">
         <v>45826.47793981482</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>36</v>
       </c>
       <c r="B46" t="s">
-        <v>161</v>
+        <v>197</v>
       </c>
       <c r="C46" s="2">
         <v>45826.77699074074</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" t="s">
-        <v>162</v>
+        <v>198</v>
       </c>
       <c r="C47" s="2">
         <v>45827.68081018519</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>39</v>
       </c>
       <c r="B48" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="C48" s="2">
         <v>45828.35596064815</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>39</v>
       </c>
       <c r="B49" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="C49" s="2">
         <v>45828.39831018518</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>39</v>
       </c>
       <c r="B50" t="s">
-        <v>165</v>
+        <v>201</v>
       </c>
       <c r="C50" s="2">
         <v>45828.40274305556</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>33</v>
       </c>
       <c r="B51" t="s">
-        <v>166</v>
+        <v>202</v>
       </c>
       <c r="C51" s="2">
         <v>45831.5721875</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>40</v>
       </c>
       <c r="B52" t="s">
-        <v>167</v>
+        <v>203</v>
       </c>
       <c r="C52" s="2">
         <v>45849.65648148148</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>41</v>
       </c>
       <c r="B53" t="s">
-        <v>168</v>
+        <v>204</v>
       </c>
       <c r="C53" s="2">
         <v>45849.66012731481</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>42</v>
       </c>
       <c r="B54" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="C54" s="2">
         <v>45849.669375</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>43</v>
       </c>
       <c r="B55" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="C55" s="2">
         <v>45856.63153935185</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>44</v>
       </c>
       <c r="B56" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="C56" s="2">
         <v>45856.63618055556</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>45</v>
       </c>
       <c r="B57" t="s">
-        <v>168</v>
+        <v>204</v>
       </c>
       <c r="C57" s="2">
         <v>45856.64368055556</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>46</v>
       </c>
       <c r="B58" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="C58" s="2">
         <v>45856.64503472222</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>47</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>208</v>
       </c>
       <c r="C59" s="2">
         <v>45856.64726851852</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>48</v>
       </c>
       <c r="B60" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="C60" s="2">
         <v>45856.64876157408</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>40</v>
       </c>
       <c r="B61" t="s">
-        <v>173</v>
+        <v>209</v>
       </c>
       <c r="C61" s="2">
         <v>45856.67155092592</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>43</v>
       </c>
       <c r="B62" t="s">
-        <v>174</v>
+        <v>210</v>
       </c>
       <c r="C62" s="2">
         <v>45856.67234953704</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>42</v>
       </c>
       <c r="B63" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="C63" s="2">
         <v>45856.67285879629</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>48</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>210</v>
       </c>
       <c r="C64" s="2">
         <v>45856.67373842592</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>47</v>
       </c>
       <c r="B65" t="s">
-        <v>173</v>
+        <v>209</v>
       </c>
       <c r="C65" s="2">
         <v>45856.67416666666</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>46</v>
       </c>
       <c r="B66" t="s">
-        <v>174</v>
+        <v>210</v>
       </c>
       <c r="C66" s="2">
         <v>45856.67453703703</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>44</v>
       </c>
       <c r="B67" t="s">
-        <v>175</v>
+        <v>211</v>
       </c>
       <c r="C67" s="2">
         <v>45856.67506944444</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>46</v>
       </c>
       <c r="B68" t="s">
-        <v>176</v>
+        <v>212</v>
       </c>
       <c r="C68" s="2">
         <v>45866.56701388889</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>48</v>
       </c>
       <c r="B69" t="s">
-        <v>176</v>
+        <v>212</v>
       </c>
       <c r="C69" s="2">
         <v>45866.59537037037</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>49</v>
       </c>
       <c r="B70" t="s">
-        <v>177</v>
+        <v>213</v>
       </c>
       <c r="C70" s="2">
         <v>45929.37653935186</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>50</v>
       </c>
       <c r="B71" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="C71" s="2">
         <v>45939.40238425926</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>50</v>
       </c>
       <c r="B72" t="s">
-        <v>179</v>
+        <v>215</v>
       </c>
       <c r="C72" s="2">
         <v>45939.40383101852</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>51</v>
       </c>
       <c r="B73" t="s">
-        <v>180</v>
+        <v>216</v>
       </c>
       <c r="C73" s="2">
         <v>45939.40987268519</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>52</v>
       </c>
       <c r="B74" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C74" s="2">
         <v>45939.41388888889</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>53</v>
       </c>
       <c r="B75" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C75" s="2">
         <v>45939.41979166667</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>50</v>
       </c>
       <c r="B76" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="C76" s="2">
         <v>45939.43774305555</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>54</v>
       </c>
       <c r="B77" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C77" s="2">
         <v>45939.45597222223</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>52</v>
       </c>
       <c r="B78" t="s">
-        <v>183</v>
+        <v>219</v>
       </c>
       <c r="C78" s="2">
         <v>45939.46458333333</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>55</v>
       </c>
       <c r="B79" t="s">
-        <v>184</v>
+        <v>220</v>
       </c>
       <c r="C79" s="2">
         <v>45944.56760416667</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>54</v>
       </c>
       <c r="B80" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="C80" s="2">
         <v>45946.39613425926</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>56</v>
       </c>
       <c r="B81" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
       <c r="C81" s="2">
         <v>45947.63814814815</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>51</v>
       </c>
       <c r="B82" t="s">
-        <v>187</v>
+        <v>223</v>
       </c>
       <c r="C82" s="2">
         <v>45952.44931712963</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>57</v>
       </c>
       <c r="B83" t="s">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="C83" s="2">
         <v>45954.44032407407</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>58</v>
       </c>
       <c r="B84" t="s">
-        <v>189</v>
+        <v>225</v>
       </c>
       <c r="C84" s="2">
         <v>45954.44133101852</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>59</v>
       </c>
       <c r="B85" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
       <c r="C85" s="2">
         <v>45954.44177083333</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>60</v>
       </c>
       <c r="B86" t="s">
-        <v>191</v>
+        <v>227</v>
       </c>
       <c r="C86" s="2">
         <v>45954.44530092592</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>61</v>
       </c>
       <c r="B87" t="s">
-        <v>192</v>
+        <v>228</v>
       </c>
       <c r="C87" s="2">
         <v>45954.56001157407</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>58</v>
       </c>
       <c r="B88" t="s">
-        <v>193</v>
+        <v>229</v>
       </c>
       <c r="C88" s="2">
         <v>45954.61861111111</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>62</v>
       </c>
       <c r="B89" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="C89" s="2">
         <v>45954.61971064815</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>61</v>
       </c>
       <c r="B90" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="C90" s="2">
         <v>45954.62002314815</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>63</v>
       </c>
       <c r="B91" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C91" s="2">
         <v>45957.58457175926</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>64</v>
       </c>
       <c r="B92" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C92" s="2">
         <v>45957.60710648148</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>50</v>
       </c>
       <c r="B93" t="s">
-        <v>195</v>
+        <v>231</v>
       </c>
       <c r="C93" s="2">
         <v>45961.44850694444</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>53</v>
       </c>
       <c r="B94" t="s">
-        <v>196</v>
+        <v>232</v>
       </c>
       <c r="C94" s="2">
         <v>45961.45521990741</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>65</v>
       </c>
       <c r="B95" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C95" s="2">
         <v>45961.45928240741</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>52</v>
       </c>
       <c r="B96" t="s">
-        <v>197</v>
+        <v>233</v>
       </c>
       <c r="C96" s="2">
         <v>45961.46101851852</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>52</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
+        <v>234</v>
       </c>
       <c r="C97" s="2">
         <v>45961.46181712963</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>63</v>
       </c>
       <c r="B98" t="s">
-        <v>199</v>
+        <v>235</v>
       </c>
       <c r="C98" s="2">
         <v>45961.46572916667</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>66</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>236</v>
       </c>
       <c r="C99" s="2">
         <v>45961.46784722222</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>65</v>
       </c>
       <c r="B100" t="s">
-        <v>201</v>
+        <v>237</v>
       </c>
       <c r="C100" s="2">
         <v>45961.47380787037</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>67</v>
       </c>
       <c r="B101" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C101" s="2">
         <v>45961.48046296297</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>53</v>
       </c>
       <c r="B102" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C102" s="2">
         <v>45961.48638888889</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>68</v>
       </c>
       <c r="B103" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C103" s="2">
         <v>45961.48695601852</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>68</v>
       </c>
       <c r="B104" t="s">
-        <v>202</v>
+        <v>238</v>
       </c>
       <c r="C104" s="2">
         <v>45961.48784722222</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>69</v>
       </c>
       <c r="B105" t="s">
-        <v>202</v>
+        <v>238</v>
       </c>
       <c r="C105" s="2">
         <v>45961.48805555556</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>69</v>
       </c>
       <c r="B106" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="C106" s="2">
         <v>45961.49189814815</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>69</v>
       </c>
       <c r="B107" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="C107" s="2">
         <v>45961.49420138889</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>70</v>
       </c>
       <c r="B108" t="s">
-        <v>205</v>
+        <v>241</v>
       </c>
       <c r="C108" s="2">
         <v>45961.49797453704</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>71</v>
       </c>
       <c r="B109" t="s">
-        <v>206</v>
+        <v>242</v>
       </c>
       <c r="C109" s="2">
         <v>45964.34480324074</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>72</v>
       </c>
       <c r="B110" t="s">
-        <v>207</v>
+        <v>243</v>
       </c>
       <c r="C110" s="2">
         <v>45964.34885416667</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>67</v>
       </c>
       <c r="B111" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C111" s="2">
         <v>45964.35006944444</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>73</v>
       </c>
       <c r="B112" t="s">
-        <v>208</v>
+        <v>244</v>
       </c>
       <c r="C112" s="2">
         <v>45964.35119212963</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>73</v>
       </c>
       <c r="B113" t="s">
-        <v>209</v>
+        <v>245</v>
       </c>
       <c r="C113" s="2">
         <v>45964.35520833333</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>74</v>
       </c>
       <c r="B114" t="s">
-        <v>210</v>
+        <v>246</v>
       </c>
       <c r="C114" s="2">
         <v>45964.35891203704</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>75</v>
       </c>
       <c r="B115" t="s">
-        <v>211</v>
+        <v>247</v>
       </c>
       <c r="C115" s="2">
         <v>45964.42776620371</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>75</v>
       </c>
       <c r="B116" t="s">
-        <v>212</v>
+        <v>248</v>
       </c>
       <c r="C116" s="2">
         <v>45964.43271990741</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>76</v>
       </c>
       <c r="B117" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="C117" s="2">
         <v>45964.47125</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>72</v>
       </c>
       <c r="B118" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C118" s="2">
         <v>45964.55731481482</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>69</v>
       </c>
       <c r="B119" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="C119" s="2">
         <v>45965.34158564815</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>70</v>
       </c>
       <c r="B120" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="C120" s="2">
         <v>45965.34209490741</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>50</v>
       </c>
       <c r="B121" t="s">
-        <v>214</v>
+        <v>250</v>
       </c>
       <c r="C121" s="2">
         <v>45965.37648148148</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>71</v>
       </c>
       <c r="B122" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="C122" s="2">
         <v>45965.37858796296</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>77</v>
       </c>
       <c r="B123" t="s">
-        <v>215</v>
+        <v>251</v>
       </c>
       <c r="C123" s="2">
         <v>45965.40101851852</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>78</v>
       </c>
       <c r="B124" t="s">
-        <v>216</v>
+        <v>252</v>
       </c>
       <c r="C124" s="2">
         <v>45965.41245370371</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>79</v>
       </c>
       <c r="B125" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C125" s="2">
         <v>45965.41431712963</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>72</v>
       </c>
       <c r="B126" t="s">
-        <v>218</v>
+        <v>254</v>
       </c>
       <c r="C126" s="2">
         <v>45965.4165162037</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>80</v>
       </c>
       <c r="B127" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="C127" s="2">
         <v>45965.42737268518</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>74</v>
       </c>
       <c r="B128" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C128" s="2">
         <v>45965.57798611111</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>73</v>
       </c>
       <c r="B129" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C129" s="2">
         <v>45965.57806712963</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>73</v>
       </c>
       <c r="B130" t="s">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="C130" s="2">
         <v>45965.63518518519</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>74</v>
       </c>
       <c r="B131" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="C131" s="2">
         <v>45966.36047453704</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>77</v>
       </c>
       <c r="B132" t="s">
-        <v>221</v>
+        <v>257</v>
       </c>
       <c r="C132" s="2">
         <v>45966.37755787037</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>74</v>
       </c>
       <c r="B133" t="s">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="C133" s="2">
         <v>45966.40453703704</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>73</v>
       </c>
       <c r="B134" t="s">
-        <v>223</v>
+        <v>259</v>
       </c>
       <c r="C134" s="2">
         <v>45966.48372685185</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>73</v>
       </c>
       <c r="B135" t="s">
-        <v>224</v>
+        <v>260</v>
       </c>
       <c r="C135" s="2">
         <v>45966.60659722222</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>81</v>
       </c>
       <c r="B136" t="s">
-        <v>225</v>
+        <v>261</v>
       </c>
       <c r="C136" s="2">
         <v>45967.34550925926</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>82</v>
       </c>
       <c r="B137" t="s">
-        <v>226</v>
+        <v>262</v>
       </c>
       <c r="C137" s="2">
         <v>45967.47159722223</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>71</v>
       </c>
       <c r="B138" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="C138" s="2">
         <v>45967.55484953704</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>74</v>
       </c>
       <c r="B139" t="s">
-        <v>227</v>
+        <v>263</v>
       </c>
       <c r="C139" s="2">
         <v>45967.57972222222</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>74</v>
       </c>
       <c r="B140" t="s">
-        <v>228</v>
+        <v>264</v>
       </c>
       <c r="C140" s="2">
         <v>45967.58320601852</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>73</v>
       </c>
       <c r="B141" t="s">
-        <v>229</v>
+        <v>265</v>
       </c>
       <c r="C141" s="2">
         <v>45967.59196759259</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>69</v>
       </c>
       <c r="B142" t="s">
-        <v>230</v>
+        <v>266</v>
       </c>
       <c r="C142" s="2">
         <v>45967.65283564815</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>70</v>
       </c>
       <c r="B143" t="s">
-        <v>231</v>
+        <v>267</v>
       </c>
       <c r="C143" s="2">
         <v>45968.3947337963</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>70</v>
       </c>
       <c r="B144" t="s">
-        <v>232</v>
+        <v>268</v>
       </c>
       <c r="C144" s="2">
         <v>45968.39508101852</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>70</v>
       </c>
       <c r="B145" t="s">
-        <v>233</v>
+        <v>269</v>
       </c>
       <c r="C145" s="2">
         <v>45968.40599537037</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>70</v>
       </c>
       <c r="B146" t="s">
-        <v>234</v>
+        <v>270</v>
       </c>
       <c r="C146" s="2">
         <v>45968.42493055556</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>81</v>
       </c>
       <c r="B147" t="s">
-        <v>235</v>
+        <v>271</v>
       </c>
       <c r="C147" s="2">
         <v>45969.39480324074</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>77</v>
       </c>
       <c r="B148" t="s">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="C148" s="2">
         <v>45969.39538194444</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>79</v>
       </c>
       <c r="B149" t="s">
-        <v>237</v>
+        <v>273</v>
       </c>
       <c r="C149" s="2">
         <v>45969.47018518519</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>66</v>
       </c>
       <c r="B150" t="s">
-        <v>238</v>
+        <v>274</v>
       </c>
       <c r="C150" s="2">
         <v>45969.68118055556</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>63</v>
       </c>
       <c r="B151" t="s">
-        <v>238</v>
+        <v>274</v>
       </c>
       <c r="C151" s="2">
         <v>45969.68387731481</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>79</v>
       </c>
       <c r="B152" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="C152" s="2">
         <v>45971.4812037037</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>80</v>
       </c>
       <c r="B153" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C153" s="2">
         <v>45972.34930555556</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>69</v>
       </c>
       <c r="B154" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C154" s="2">
         <v>45972.3859837963</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>83</v>
       </c>
       <c r="B155" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C155" s="2">
         <v>45972.40267361111</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>84</v>
       </c>
       <c r="B156" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C156" s="2">
         <v>45972.4184837963</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>85</v>
       </c>
       <c r="B157" t="s">
-        <v>241</v>
+        <v>277</v>
       </c>
       <c r="C157" s="2">
         <v>45972.43976851852</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>86</v>
       </c>
       <c r="B158" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C158" s="2">
         <v>45972.45759259259</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>87</v>
       </c>
       <c r="B159" t="s">
-        <v>242</v>
+        <v>278</v>
       </c>
       <c r="C159" s="2">
         <v>45973.47953703703</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>88</v>
       </c>
       <c r="B160" t="s">
-        <v>243</v>
+        <v>279</v>
       </c>
       <c r="C160" s="2">
         <v>45973.48096064815</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>89</v>
       </c>
       <c r="B161" t="s">
-        <v>244</v>
+        <v>280</v>
       </c>
       <c r="C161" s="2">
         <v>45973.48164351852</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>88</v>
       </c>
       <c r="B162" t="s">
-        <v>245</v>
+        <v>281</v>
       </c>
       <c r="C162" s="2">
         <v>45973.48512731482</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>89</v>
       </c>
       <c r="B163" t="s">
-        <v>246</v>
+        <v>282</v>
       </c>
       <c r="C163" s="2">
         <v>45973.48546296296</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>89</v>
       </c>
       <c r="B164" t="s">
-        <v>247</v>
+        <v>283</v>
       </c>
       <c r="C164" s="2">
         <v>45973.64496527778</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>89</v>
       </c>
       <c r="B165" t="s">
-        <v>248</v>
+        <v>284</v>
       </c>
       <c r="C165" s="2">
         <v>45973.66916666667</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>84</v>
       </c>
       <c r="B166" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C166" s="2">
         <v>45974.36608796296</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>89</v>
       </c>
       <c r="B167" t="s">
-        <v>249</v>
+        <v>285</v>
       </c>
       <c r="C167" s="2">
         <v>45974.37599537037</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>88</v>
       </c>
       <c r="B168" t="s">
-        <v>249</v>
+        <v>285</v>
       </c>
       <c r="C168" s="2">
         <v>45974.37667824074</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>87</v>
       </c>
       <c r="B169" t="s">
-        <v>250</v>
+        <v>286</v>
       </c>
       <c r="C169" s="2">
         <v>45974.37712962963</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>75</v>
       </c>
       <c r="B170" t="s">
-        <v>251</v>
+        <v>287</v>
       </c>
       <c r="C170" s="2">
         <v>45974.46688657408</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>86</v>
       </c>
       <c r="B171" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C171" s="2">
         <v>45974.65333333334</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>85</v>
       </c>
       <c r="B172" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C172" s="2">
         <v>45974.65377314815</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>85</v>
       </c>
       <c r="B173" t="s">
-        <v>252</v>
+        <v>288</v>
       </c>
       <c r="C173" s="2">
         <v>45974.67990740741</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>83</v>
       </c>
       <c r="B174" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="C174" s="2">
         <v>45975.34472222222</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>65</v>
       </c>
       <c r="B175" t="s">
-        <v>253</v>
+        <v>289</v>
       </c>
       <c r="C175" s="2">
         <v>45978.38385416667</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>70</v>
       </c>
       <c r="B176" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C176" s="2">
         <v>45979.45222222222</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
         <v>90</v>
       </c>
       <c r="B177" t="s">
-        <v>254</v>
+        <v>290</v>
       </c>
       <c r="C177" s="2">
         <v>45980.34666666666</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
         <v>91</v>
       </c>
       <c r="B178" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C178" s="2">
         <v>45980.35652777777</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
         <v>92</v>
       </c>
       <c r="B179" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C179" s="2">
         <v>45980.36576388889</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
         <v>93</v>
       </c>
       <c r="B180" t="s">
-        <v>228</v>
+        <v>264</v>
       </c>
       <c r="C180" s="2">
         <v>45980.36722222222</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
         <v>94</v>
       </c>
       <c r="B181" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C181" s="2">
         <v>45980.37704861111</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
         <v>95</v>
       </c>
       <c r="B182" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C182" s="2">
         <v>45980.38015046297</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
         <v>96</v>
       </c>
       <c r="B183" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C183" s="2">
         <v>45980.39628472222</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
         <v>97</v>
       </c>
       <c r="B184" t="s">
-        <v>255</v>
+        <v>291</v>
       </c>
       <c r="C184" s="2">
         <v>45980.39896990741</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
         <v>98</v>
       </c>
       <c r="B185" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C185" s="2">
         <v>45980.40018518519</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
         <v>99</v>
       </c>
       <c r="B186" t="s">
-        <v>256</v>
+        <v>292</v>
       </c>
       <c r="C186" s="2">
         <v>45980.4020949074</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
         <v>95</v>
       </c>
       <c r="B187" t="s">
-        <v>218</v>
+        <v>254</v>
       </c>
       <c r="C187" s="2">
         <v>45980.56712962963</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
         <v>100</v>
       </c>
       <c r="B188" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="C188" s="2">
         <v>45980.56760416667</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
         <v>90</v>
       </c>
       <c r="B189" t="s">
-        <v>257</v>
+        <v>293</v>
       </c>
       <c r="C189" s="2">
         <v>45980.56802083334</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
         <v>101</v>
       </c>
       <c r="B190" t="s">
-        <v>218</v>
+        <v>254</v>
       </c>
       <c r="C190" s="2">
         <v>45980.56855324074</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
         <v>92</v>
       </c>
       <c r="B191" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C191" s="2">
         <v>45980.56900462963</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
         <v>93</v>
       </c>
       <c r="B192" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C192" s="2">
         <v>45980.56953703704</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
         <v>102</v>
       </c>
       <c r="B193" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C193" s="2">
         <v>45980.58854166666</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
         <v>103</v>
       </c>
       <c r="B194" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C194" s="2">
         <v>45980.58888888889</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
         <v>98</v>
       </c>
       <c r="B195" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C195" s="2">
         <v>45980.58928240741</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
         <v>97</v>
       </c>
       <c r="B196" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C196" s="2">
         <v>45980.58972222222</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
         <v>96</v>
       </c>
       <c r="B197" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C197" s="2">
         <v>45980.5900925926</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
         <v>99</v>
       </c>
       <c r="B198" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C198" s="2">
         <v>45980.59128472222</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
         <v>90</v>
       </c>
       <c r="B199" t="s">
-        <v>258</v>
+        <v>294</v>
       </c>
       <c r="C199" s="2">
         <v>45981.37446759259</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
         <v>104</v>
       </c>
       <c r="B200" t="s">
-        <v>259</v>
+        <v>295</v>
       </c>
       <c r="C200" s="2">
         <v>45981.42761574074</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
         <v>91</v>
       </c>
       <c r="B201" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C201" s="2">
         <v>45981.43241898148</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
         <v>104</v>
       </c>
       <c r="B202" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C202" s="2">
         <v>45981.43262731482</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
         <v>99</v>
       </c>
       <c r="B203" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C203" s="2">
         <v>45982.39549768518</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
         <v>105</v>
       </c>
       <c r="B204" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C204" s="2">
         <v>45985.45668981481</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
         <v>106</v>
       </c>
       <c r="B205" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C205" s="2">
         <v>45985.47314814815</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
         <v>107</v>
       </c>
       <c r="B206" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C206" s="2">
         <v>45985.47560185185</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
         <v>108</v>
       </c>
       <c r="B207" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C207" s="2">
         <v>45985.5669212963</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
         <v>109</v>
       </c>
       <c r="B208" t="s">
-        <v>260</v>
+        <v>296</v>
       </c>
       <c r="C208" s="2">
         <v>45985.56829861111</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
         <v>110</v>
       </c>
       <c r="B209" t="s">
-        <v>261</v>
+        <v>297</v>
       </c>
       <c r="C209" s="2">
         <v>45985.56903935185</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
         <v>106</v>
       </c>
       <c r="B210" t="s">
-        <v>223</v>
+        <v>259</v>
       </c>
       <c r="C210" s="2">
         <v>45986.38255787037</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
         <v>106</v>
       </c>
       <c r="B211" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C211" s="2">
         <v>45986.39424768519</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
         <v>108</v>
       </c>
       <c r="B212" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C212" s="2">
         <v>45986.40094907407</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
         <v>110</v>
       </c>
       <c r="B213" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C213" s="2">
         <v>45986.4013425926</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
         <v>107</v>
       </c>
       <c r="B214" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C214" s="2">
         <v>45986.40184027778</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
         <v>105</v>
       </c>
       <c r="B215" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C215" s="2">
         <v>45986.56027777777</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
         <v>106</v>
       </c>
       <c r="B216" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C216" s="2">
         <v>45986.56063657408</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
         <v>109</v>
       </c>
       <c r="B217" t="s">
-        <v>262</v>
+        <v>298</v>
       </c>
       <c r="C217" s="2">
         <v>45986.58326388889</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
         <v>109</v>
       </c>
       <c r="B218" t="s">
-        <v>199</v>
+        <v>235</v>
       </c>
       <c r="C218" s="2">
         <v>45986.58503472222</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
         <v>109</v>
       </c>
       <c r="B219" t="s">
-        <v>263</v>
+        <v>299</v>
       </c>
       <c r="C219" s="2">
         <v>45986.58516203704</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>111</v>
       </c>
       <c r="B220" t="s">
-        <v>264</v>
+        <v>300</v>
       </c>
       <c r="C220" s="2">
         <v>45986.59538194445</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
         <v>111</v>
       </c>
       <c r="B221" t="s">
-        <v>265</v>
+        <v>301</v>
       </c>
       <c r="C221" s="2">
         <v>45986.59644675926</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
         <v>106</v>
       </c>
       <c r="B222" t="s">
-        <v>266</v>
+        <v>302</v>
       </c>
       <c r="C222" s="2">
         <v>45988.40416666667</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
         <v>112</v>
       </c>
       <c r="B223" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C223" s="2">
         <v>45993.34598379629</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
         <v>113</v>
       </c>
       <c r="B224" t="s">
-        <v>267</v>
+        <v>303</v>
       </c>
       <c r="C224" s="2">
         <v>45993.34818287037</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
         <v>114</v>
       </c>
       <c r="B225" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C225" s="2">
         <v>45993.34917824074</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
         <v>115</v>
       </c>
       <c r="B226" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C226" s="2">
         <v>45993.36952546296</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
         <v>116</v>
       </c>
       <c r="B227" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C227" s="2">
         <v>45993.36962962963</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
         <v>117</v>
       </c>
       <c r="B228" t="s">
-        <v>268</v>
+        <v>304</v>
       </c>
       <c r="C228" s="2">
         <v>45993.38221064815</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
         <v>118</v>
       </c>
       <c r="B229" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C229" s="2">
         <v>45996.39818287037</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
         <v>119</v>
       </c>
       <c r="B230" t="s">
-        <v>269</v>
+        <v>305</v>
       </c>
       <c r="C230" s="2">
         <v>45996.4034837963</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
         <v>113</v>
       </c>
       <c r="B231" t="s">
-        <v>270</v>
+        <v>306</v>
       </c>
       <c r="C231" s="2">
         <v>45996.42353009259</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
         <v>119</v>
       </c>
       <c r="B232" t="s">
-        <v>271</v>
+        <v>307</v>
       </c>
       <c r="C232" s="2">
         <v>45996.42663194444</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
         <v>115</v>
       </c>
       <c r="B233" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C233" s="2">
         <v>45996.42857638889</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
         <v>117</v>
       </c>
       <c r="B234" t="s">
-        <v>272</v>
+        <v>308</v>
       </c>
       <c r="C234" s="2">
         <v>45996.43021990741</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
         <v>114</v>
       </c>
       <c r="B235" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C235" s="2">
         <v>45996.43079861111</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
         <v>116</v>
       </c>
       <c r="B236" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="C236" s="2">
         <v>45996.43170138889</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
         <v>112</v>
       </c>
       <c r="B237" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C237" s="2">
         <v>45996.43435185185</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
         <v>119</v>
       </c>
       <c r="B238" t="s">
-        <v>273</v>
+        <v>309</v>
       </c>
       <c r="C238" s="2">
         <v>45996.43516203704</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
         <v>119</v>
       </c>
       <c r="B239" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C239" s="2">
         <v>45996.44711805556</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
         <v>118</v>
       </c>
       <c r="B240" t="s">
-        <v>274</v>
+        <v>310</v>
       </c>
       <c r="C240" s="2">
         <v>46000.67385416666</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
         <v>114</v>
       </c>
       <c r="B241" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C241" s="2">
         <v>46001.3740625</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
         <v>120</v>
       </c>
       <c r="B242" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C242" s="2">
         <v>46001.38236111111</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
         <v>121</v>
       </c>
       <c r="B243" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C243" s="2">
         <v>46001.39094907408</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
         <v>122</v>
       </c>
       <c r="B244" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C244" s="2">
         <v>46001.39954861111</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
         <v>123</v>
       </c>
       <c r="B245" t="s">
-        <v>275</v>
+        <v>311</v>
       </c>
       <c r="C245" s="2">
         <v>46001.40879629629</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
         <v>124</v>
       </c>
       <c r="B246" t="s">
-        <v>217</v>
+        <v>253</v>
       </c>
       <c r="C246" s="2">
         <v>46001.40967592593</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
         <v>120</v>
       </c>
       <c r="B247" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C247" s="2">
         <v>46001.41645833333</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
         <v>120</v>
       </c>
       <c r="B248" t="s">
-        <v>228</v>
+        <v>264</v>
       </c>
       <c r="C248" s="2">
         <v>46001.41746527778</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
         <v>121</v>
       </c>
       <c r="B249" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C249" s="2">
         <v>46001.41763888889</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
         <v>121</v>
       </c>
       <c r="B250" t="s">
-        <v>228</v>
+        <v>264</v>
       </c>
       <c r="C250" s="2">
         <v>46001.41787037037</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
         <v>125</v>
       </c>
       <c r="B251" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="C251" s="2">
         <v>46001.41884259259</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
         <v>122</v>
       </c>
       <c r="B252" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C252" s="2">
         <v>46001.41892361111</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
         <v>124</v>
       </c>
       <c r="B253" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C253" s="2">
         <v>46001.42159722222</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
         <v>94</v>
       </c>
       <c r="B254" t="s">
-        <v>276</v>
+        <v>312</v>
       </c>
       <c r="C254" s="2">
         <v>46003.41958333334</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" t="s">
+        <v>107</v>
+      </c>
+      <c r="B255" t="s">
+        <v>313</v>
+      </c>
+      <c r="C255" s="2">
+        <v>46006.35913194445</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" t="s">
+        <v>115</v>
+      </c>
+      <c r="B256" t="s">
+        <v>276</v>
+      </c>
+      <c r="C256" s="2">
+        <v>46006.38606481482</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" t="s">
+        <v>105</v>
+      </c>
+      <c r="B257" t="s">
+        <v>276</v>
+      </c>
+      <c r="C257" s="2">
+        <v>46006.40622685185</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" t="s">
+        <v>126</v>
+      </c>
+      <c r="B258" t="s">
+        <v>253</v>
+      </c>
+      <c r="C258" s="2">
+        <v>46014.57880787037</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" t="s">
+        <v>127</v>
+      </c>
+      <c r="B259" t="s">
+        <v>314</v>
+      </c>
+      <c r="C259" s="2">
+        <v>46014.58356481481</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" t="s">
+        <v>128</v>
+      </c>
+      <c r="B260" t="s">
+        <v>177</v>
+      </c>
+      <c r="C260" s="2">
+        <v>46014.59994212963</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" t="s">
+        <v>129</v>
+      </c>
+      <c r="B261" t="s">
+        <v>315</v>
+      </c>
+      <c r="C261" s="2">
+        <v>46014.60719907407</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" t="s">
+        <v>130</v>
+      </c>
+      <c r="B262" t="s">
+        <v>316</v>
+      </c>
+      <c r="C262" s="2">
+        <v>46014.641875</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" t="s">
+        <v>130</v>
+      </c>
+      <c r="B263" t="s">
+        <v>317</v>
+      </c>
+      <c r="C263" s="2">
+        <v>46014.64262731482</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" t="s">
+        <v>126</v>
+      </c>
+      <c r="B264" t="s">
+        <v>318</v>
+      </c>
+      <c r="C264" s="2">
+        <v>46015.35118055555</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" t="s">
+        <v>127</v>
+      </c>
+      <c r="B265" t="s">
+        <v>319</v>
+      </c>
+      <c r="C265" s="2">
+        <v>46015.35607638889</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" t="s">
+        <v>128</v>
+      </c>
+      <c r="B266" t="s">
+        <v>275</v>
+      </c>
+      <c r="C266" s="2">
+        <v>46015.35886574074</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" t="s">
+        <v>131</v>
+      </c>
+      <c r="B267" t="s">
+        <v>320</v>
+      </c>
+      <c r="C267" s="2">
+        <v>46015.36208333333</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" t="s">
+        <v>131</v>
+      </c>
+      <c r="B268" t="s">
+        <v>275</v>
+      </c>
+      <c r="C268" s="2">
+        <v>46015.36229166666</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" t="s">
+        <v>130</v>
+      </c>
+      <c r="B269" t="s">
+        <v>217</v>
+      </c>
+      <c r="C269" s="2">
+        <v>46015.36445601852</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" t="s">
+        <v>128</v>
+      </c>
+      <c r="B270" t="s">
+        <v>264</v>
+      </c>
+      <c r="C270" s="2">
+        <v>46015.36635416667</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" t="s">
+        <v>132</v>
+      </c>
+      <c r="B271" t="s">
+        <v>321</v>
+      </c>
+      <c r="C271" s="2">
+        <v>46015.36709490741</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" t="s">
+        <v>132</v>
+      </c>
+      <c r="B272" t="s">
+        <v>275</v>
+      </c>
+      <c r="C272" s="2">
+        <v>46015.3675</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" t="s">
+        <v>127</v>
+      </c>
+      <c r="B273" t="s">
+        <v>322</v>
+      </c>
+      <c r="C273" s="2">
+        <v>46015.3794212963</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" t="s">
+        <v>127</v>
+      </c>
+      <c r="B274" t="s">
+        <v>323</v>
+      </c>
+      <c r="C274" s="2">
+        <v>46015.40903935185</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" t="s">
+        <v>111</v>
+      </c>
+      <c r="B275" t="s">
+        <v>324</v>
+      </c>
+      <c r="C275" s="2">
+        <v>46016.37873842593</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" t="s">
+        <v>133</v>
+      </c>
+      <c r="B276" t="s">
+        <v>325</v>
+      </c>
+      <c r="C276" s="2">
+        <v>46016.37943287037</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" t="s">
+        <v>109</v>
+      </c>
+      <c r="B277" t="s">
+        <v>326</v>
+      </c>
+      <c r="C277" s="2">
+        <v>46016.38383101852</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" t="s">
+        <v>133</v>
+      </c>
+      <c r="B278" t="s">
+        <v>327</v>
+      </c>
+      <c r="C278" s="2">
+        <v>46017.48436342592</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" t="s">
+        <v>109</v>
+      </c>
+      <c r="B279" t="s">
+        <v>328</v>
+      </c>
+      <c r="C279" s="2">
+        <v>46017.48475694445</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" t="s">
+        <v>111</v>
+      </c>
+      <c r="B280" t="s">
+        <v>329</v>
+      </c>
+      <c r="C280" s="2">
+        <v>46017.48605324074</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" t="s">
+        <v>111</v>
+      </c>
+      <c r="B281" t="s">
+        <v>330</v>
+      </c>
+      <c r="C281" s="2">
+        <v>46017.66190972222</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" t="s">
+        <v>133</v>
+      </c>
+      <c r="B282" t="s">
+        <v>331</v>
+      </c>
+      <c r="C282" s="2">
+        <v>46022.34854166667</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" t="s">
+        <v>134</v>
+      </c>
+      <c r="B283" t="s">
+        <v>332</v>
+      </c>
+      <c r="C283" s="2">
+        <v>46026.48581018519</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" t="s">
+        <v>134</v>
+      </c>
+      <c r="B284" t="s">
+        <v>333</v>
+      </c>
+      <c r="C284" s="2">
+        <v>46026.48842592593</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" t="s">
+        <v>135</v>
+      </c>
+      <c r="B285" t="s">
+        <v>334</v>
+      </c>
+      <c r="C285" s="2">
+        <v>46026.48994212963</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" t="s">
+        <v>136</v>
+      </c>
+      <c r="B286" t="s">
+        <v>335</v>
+      </c>
+      <c r="C286" s="2">
+        <v>46026.49091435185</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" t="s">
+        <v>137</v>
+      </c>
+      <c r="B287" t="s">
+        <v>336</v>
+      </c>
+      <c r="C287" s="2">
+        <v>46026.49225694445</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" t="s">
+        <v>138</v>
+      </c>
+      <c r="B288" t="s">
+        <v>337</v>
+      </c>
+      <c r="C288" s="2">
+        <v>46026.49438657407</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" t="s">
+        <v>138</v>
+      </c>
+      <c r="B289" t="s">
+        <v>338</v>
+      </c>
+      <c r="C289" s="2">
+        <v>46026.57327546296</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" t="s">
+        <v>139</v>
+      </c>
+      <c r="B290" t="s">
+        <v>339</v>
+      </c>
+      <c r="C290" s="2">
+        <v>46026.57480324074</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" t="s">
+        <v>140</v>
+      </c>
+      <c r="B291" t="s">
+        <v>340</v>
+      </c>
+      <c r="C291" s="2">
+        <v>46026.59237268518</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" t="s">
+        <v>141</v>
+      </c>
+      <c r="B292" t="s">
+        <v>341</v>
+      </c>
+      <c r="C292" s="2">
+        <v>46026.60668981481</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" t="s">
+        <v>142</v>
+      </c>
+      <c r="B293" t="s">
+        <v>253</v>
+      </c>
+      <c r="C293" s="2">
+        <v>46026.60775462963</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" t="s">
+        <v>143</v>
+      </c>
+      <c r="B294" t="s">
+        <v>253</v>
+      </c>
+      <c r="C294" s="2">
+        <v>46026.60871527778</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" t="s">
+        <v>144</v>
+      </c>
+      <c r="B295" t="s">
+        <v>342</v>
+      </c>
+      <c r="C295" s="2">
+        <v>46026.61945601852</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" t="s">
+        <v>145</v>
+      </c>
+      <c r="B296" t="s">
+        <v>343</v>
+      </c>
+      <c r="C296" s="2">
+        <v>46026.62876157407</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" t="s">
+        <v>138</v>
+      </c>
+      <c r="B297" t="s">
+        <v>275</v>
+      </c>
+      <c r="C297" s="2">
+        <v>46027.38627314815</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" t="s">
+        <v>137</v>
+      </c>
+      <c r="B298" t="s">
+        <v>217</v>
+      </c>
+      <c r="C298" s="2">
+        <v>46027.38680555556</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" t="s">
+        <v>136</v>
+      </c>
+      <c r="B299" t="s">
+        <v>217</v>
+      </c>
+      <c r="C299" s="2">
+        <v>46027.38722222222</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" t="s">
+        <v>135</v>
+      </c>
+      <c r="B300" t="s">
+        <v>217</v>
+      </c>
+      <c r="C300" s="2">
+        <v>46027.38758101852</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" t="s">
+        <v>139</v>
+      </c>
+      <c r="B301" t="s">
+        <v>217</v>
+      </c>
+      <c r="C301" s="2">
+        <v>46027.38790509259</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" t="s">
+        <v>53</v>
+      </c>
+      <c r="B302" t="s">
+        <v>344</v>
+      </c>
+      <c r="C302" s="2">
+        <v>46029.38931712963</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" t="s">
+        <v>146</v>
+      </c>
+      <c r="B303" t="s">
+        <v>345</v>
+      </c>
+      <c r="C303" s="2">
+        <v>46035.56913194444</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" t="s">
+        <v>146</v>
+      </c>
+      <c r="B304" t="s">
+        <v>276</v>
+      </c>
+      <c r="C304" s="2">
+        <v>46035.58424768518</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" t="s">
+        <v>140</v>
+      </c>
+      <c r="B305" t="s">
+        <v>346</v>
+      </c>
+      <c r="C305" s="2">
+        <v>46035.59145833334</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" t="s">
+        <v>134</v>
+      </c>
+      <c r="B306" t="s">
+        <v>275</v>
+      </c>
+      <c r="C306" s="2">
+        <v>46035.59928240741</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" t="s">
+        <v>140</v>
+      </c>
+      <c r="B307" t="s">
+        <v>275</v>
+      </c>
+      <c r="C307" s="2">
+        <v>46035.59981481481</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" t="s">
+        <v>140</v>
+      </c>
+      <c r="B308" t="s">
+        <v>347</v>
+      </c>
+      <c r="C308" s="2">
+        <v>46035.60861111111</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" t="s">
+        <v>140</v>
+      </c>
+      <c r="B309" t="s">
+        <v>348</v>
+      </c>
+      <c r="C309" s="2">
+        <v>46035.61028935185</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" t="s">
+        <v>147</v>
+      </c>
+      <c r="B310" t="s">
+        <v>349</v>
+      </c>
+      <c r="C310" s="2">
+        <v>46036.363125</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" t="s">
+        <v>147</v>
+      </c>
+      <c r="B311" t="s">
+        <v>276</v>
+      </c>
+      <c r="C311" s="2">
+        <v>46036.38900462963</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" t="s">
+        <v>148</v>
+      </c>
+      <c r="B312" t="s">
+        <v>350</v>
+      </c>
+      <c r="C312" s="2">
+        <v>46036.39012731481</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" t="s">
+        <v>148</v>
+      </c>
+      <c r="B313" t="s">
+        <v>276</v>
+      </c>
+      <c r="C313" s="2">
+        <v>46036.40547453704</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" t="s">
+        <v>149</v>
+      </c>
+      <c r="B314" t="s">
+        <v>351</v>
+      </c>
+      <c r="C314" s="2">
+        <v>46036.41108796297</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" t="s">
+        <v>149</v>
+      </c>
+      <c r="B315" t="s">
+        <v>276</v>
+      </c>
+      <c r="C315" s="2">
+        <v>46036.42701388889</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" t="s">
+        <v>150</v>
+      </c>
+      <c r="B316" t="s">
+        <v>352</v>
+      </c>
+      <c r="C316" s="2">
+        <v>46036.42864583333</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" t="s">
+        <v>150</v>
+      </c>
+      <c r="B317" t="s">
+        <v>276</v>
+      </c>
+      <c r="C317" s="2">
+        <v>46036.44398148148</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" t="s">
+        <v>146</v>
+      </c>
+      <c r="B318" t="s">
+        <v>353</v>
+      </c>
+      <c r="C318" s="2">
+        <v>46036.44653935185</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" t="s">
+        <v>147</v>
+      </c>
+      <c r="B319" t="s">
+        <v>354</v>
+      </c>
+      <c r="C319" s="2">
+        <v>46036.45123842593</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" t="s">
+        <v>148</v>
+      </c>
+      <c r="B320" t="s">
+        <v>355</v>
+      </c>
+      <c r="C320" s="2">
+        <v>46036.45215277778</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" t="s">
+        <v>149</v>
+      </c>
+      <c r="B321" t="s">
+        <v>356</v>
+      </c>
+      <c r="C321" s="2">
+        <v>46036.45796296297</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" t="s">
+        <v>150</v>
+      </c>
+      <c r="B322" t="s">
+        <v>357</v>
+      </c>
+      <c r="C322" s="2">
+        <v>46036.46271990741</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" t="s">
+        <v>151</v>
+      </c>
+      <c r="B323" t="s">
+        <v>358</v>
+      </c>
+      <c r="C323" s="2">
+        <v>46036.58862268519</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" t="s">
+        <v>152</v>
+      </c>
+      <c r="B324" t="s">
+        <v>359</v>
+      </c>
+      <c r="C324" s="2">
+        <v>46036.58945601852</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" t="s">
+        <v>153</v>
+      </c>
+      <c r="B325" t="s">
+        <v>360</v>
+      </c>
+      <c r="C325" s="2">
+        <v>46036.59103009259</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" t="s">
+        <v>151</v>
+      </c>
+      <c r="B326" t="s">
+        <v>361</v>
+      </c>
+      <c r="C326" s="2">
+        <v>46036.59488425926</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" t="s">
+        <v>142</v>
+      </c>
+      <c r="B327" t="s">
+        <v>362</v>
+      </c>
+      <c r="C327" s="2">
+        <v>46037.58771990741</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" t="s">
+        <v>140</v>
+      </c>
+      <c r="B328" t="s">
+        <v>363</v>
+      </c>
+      <c r="C328" s="2">
+        <v>46041.40079861111</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" t="s">
+        <v>142</v>
+      </c>
+      <c r="B329" t="s">
+        <v>364</v>
+      </c>
+      <c r="C329" s="2">
+        <v>46041.56982638889</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" t="s">
+        <v>154</v>
+      </c>
+      <c r="B330" t="s">
+        <v>365</v>
+      </c>
+      <c r="C330" s="2">
+        <v>46045.39064814815</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" t="s">
+        <v>154</v>
+      </c>
+      <c r="B331" t="s">
+        <v>276</v>
+      </c>
+      <c r="C331" s="2">
+        <v>46045.41278935185</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" t="s">
+        <v>155</v>
+      </c>
+      <c r="B332" t="s">
+        <v>366</v>
+      </c>
+      <c r="C332" s="2">
+        <v>46045.41579861111</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" t="s">
+        <v>155</v>
+      </c>
+      <c r="B333" t="s">
+        <v>276</v>
+      </c>
+      <c r="C333" s="2">
+        <v>46045.43113425926</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" t="s">
+        <v>156</v>
+      </c>
+      <c r="B334" t="s">
+        <v>367</v>
+      </c>
+      <c r="C334" s="2">
+        <v>46045.43208333333</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" t="s">
+        <v>156</v>
+      </c>
+      <c r="B335" t="s">
+        <v>276</v>
+      </c>
+      <c r="C335" s="2">
+        <v>46045.44850694444</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" t="s">
+        <v>157</v>
+      </c>
+      <c r="B336" t="s">
+        <v>368</v>
+      </c>
+      <c r="C336" s="2">
+        <v>46048.36962962963</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" t="s">
+        <v>158</v>
+      </c>
+      <c r="B337" t="s">
+        <v>369</v>
+      </c>
+      <c r="C337" s="2">
+        <v>46048.37023148148</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" t="s">
+        <v>156</v>
+      </c>
+      <c r="B338" t="s">
+        <v>370</v>
+      </c>
+      <c r="C338" s="2">
+        <v>46048.37207175926</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" t="s">
+        <v>155</v>
+      </c>
+      <c r="B339" t="s">
+        <v>371</v>
+      </c>
+      <c r="C339" s="2">
+        <v>46048.37263888889</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" t="s">
+        <v>154</v>
+      </c>
+      <c r="B340" t="s">
+        <v>372</v>
+      </c>
+      <c r="C340" s="2">
+        <v>46048.37318287037</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" t="s">
+        <v>157</v>
+      </c>
+      <c r="B341" t="s">
+        <v>373</v>
+      </c>
+      <c r="C341" s="2">
+        <v>46048.40802083333</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" t="s">
+        <v>158</v>
+      </c>
+      <c r="B342" t="s">
+        <v>374</v>
+      </c>
+      <c r="C342" s="2">
+        <v>46048.40991898148</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" t="s">
+        <v>152</v>
+      </c>
+      <c r="B343" t="s">
+        <v>375</v>
+      </c>
+      <c r="C343" s="2">
+        <v>46052.35459490741</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" t="s">
+        <v>159</v>
+      </c>
+      <c r="B344" t="s">
+        <v>376</v>
+      </c>
+      <c r="C344" s="2">
+        <v>46059.44184027778</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" t="s">
+        <v>159</v>
+      </c>
+      <c r="B345" t="s">
+        <v>253</v>
+      </c>
+      <c r="C345" s="2">
+        <v>46059.60295138889</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" t="s">
+        <v>158</v>
+      </c>
+      <c r="B346" t="s">
+        <v>377</v>
+      </c>
+      <c r="C346" s="2">
+        <v>46059.61809027778</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" t="s">
+        <v>144</v>
+      </c>
+      <c r="B347" t="s">
+        <v>378</v>
+      </c>
+      <c r="C347" s="2">
+        <v>46059.63141203704</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" t="s">
+        <v>143</v>
+      </c>
+      <c r="B348" t="s">
+        <v>379</v>
+      </c>
+      <c r="C348" s="2">
+        <v>46059.63430555556</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" t="s">
+        <v>150</v>
+      </c>
+      <c r="B349" t="s">
+        <v>380</v>
+      </c>
+      <c r="C349" s="2">
+        <v>46059.68601851852</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" t="s">
+        <v>139</v>
+      </c>
+      <c r="B350" t="s">
+        <v>381</v>
+      </c>
+      <c r="C350" s="2">
+        <v>46059.68635416667</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" t="s">
+        <v>149</v>
+      </c>
+      <c r="B351" t="s">
+        <v>382</v>
+      </c>
+      <c r="C351" s="2">
+        <v>46059.68664351852</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" t="s">
+        <v>149</v>
+      </c>
+      <c r="B352" t="s">
+        <v>276</v>
+      </c>
+      <c r="C352" s="2">
+        <v>46059.69675925926</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" t="s">
+        <v>149</v>
+      </c>
+      <c r="B353" t="s">
+        <v>383</v>
+      </c>
+      <c r="C353" s="2">
+        <v>46062.38150462963</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" t="s">
+        <v>149</v>
+      </c>
+      <c r="B354" t="s">
+        <v>384</v>
+      </c>
+      <c r="C354" s="2">
+        <v>46062.40453703704</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" t="s">
+        <v>144</v>
+      </c>
+      <c r="B355" t="s">
+        <v>385</v>
+      </c>
+      <c r="C355" s="2">
+        <v>46062.55377314815</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" t="s">
+        <v>139</v>
+      </c>
+      <c r="B356" t="s">
+        <v>386</v>
+      </c>
+      <c r="C356" s="2">
+        <v>46062.55987268518</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" t="s">
+        <v>139</v>
+      </c>
+      <c r="B357" t="s">
+        <v>276</v>
+      </c>
+      <c r="C357" s="2">
+        <v>46062.57928240741</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" t="s">
+        <v>149</v>
+      </c>
+      <c r="B358" t="s">
+        <v>387</v>
+      </c>
+      <c r="C358" s="2">
+        <v>46062.59141203704</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" t="s">
+        <v>149</v>
+      </c>
+      <c r="B359" t="s">
+        <v>388</v>
+      </c>
+      <c r="C359" s="2">
+        <v>46062.59741898148</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" t="s">
+        <v>157</v>
+      </c>
+      <c r="B360" t="s">
+        <v>340</v>
+      </c>
+      <c r="C360" s="2">
+        <v>46062.63451388889</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" t="s">
+        <v>157</v>
+      </c>
+      <c r="B361" t="s">
+        <v>389</v>
+      </c>
+      <c r="C361" s="2">
+        <v>46063.36991898148</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" t="s">
+        <v>157</v>
+      </c>
+      <c r="B362" t="s">
+        <v>276</v>
+      </c>
+      <c r="C362" s="2">
+        <v>46063.39787037037</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" t="s">
+        <v>139</v>
+      </c>
+      <c r="B363" t="s">
+        <v>390</v>
+      </c>
+      <c r="C363" s="2">
+        <v>46063.4175925926</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" t="s">
+        <v>144</v>
+      </c>
+      <c r="B364" t="s">
+        <v>391</v>
+      </c>
+      <c r="C364" s="2">
+        <v>46063.47570601852</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" t="s">
+        <v>160</v>
+      </c>
+      <c r="B365" t="s">
+        <v>392</v>
+      </c>
+      <c r="C365" s="2">
+        <v>46063.58636574074</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" t="s">
+        <v>161</v>
+      </c>
+      <c r="B366" t="s">
+        <v>393</v>
+      </c>
+      <c r="C366" s="2">
+        <v>46063.58887731482</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" t="s">
+        <v>161</v>
+      </c>
+      <c r="B367" t="s">
+        <v>394</v>
+      </c>
+      <c r="C367" s="2">
+        <v>46063.59033564815</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" t="s">
+        <v>159</v>
+      </c>
+      <c r="B368" t="s">
+        <v>395</v>
+      </c>
+      <c r="C368" s="2">
+        <v>46063.5908449074</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" t="s">
+        <v>159</v>
+      </c>
+      <c r="B369" t="s">
+        <v>396</v>
+      </c>
+      <c r="C369" s="2">
+        <v>46063.59452546296</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" t="s">
+        <v>152</v>
+      </c>
+      <c r="B370" t="s">
+        <v>397</v>
+      </c>
+      <c r="C370" s="2">
+        <v>46063.59775462963</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" t="s">
+        <v>161</v>
+      </c>
+      <c r="B371" t="s">
+        <v>276</v>
+      </c>
+      <c r="C371" s="2">
+        <v>46063.60518518519</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" t="s">
+        <v>159</v>
+      </c>
+      <c r="B372" t="s">
+        <v>398</v>
+      </c>
+      <c r="C372" s="2">
+        <v>46064.43446759259</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" t="s">
+        <v>136</v>
+      </c>
+      <c r="B373" t="s">
+        <v>399</v>
+      </c>
+      <c r="C373" s="2">
+        <v>46064.48372685185</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" t="s">
+        <v>158</v>
+      </c>
+      <c r="B374" t="s">
+        <v>400</v>
+      </c>
+      <c r="C374" s="2">
+        <v>46064.60039351852</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" t="s">
+        <v>143</v>
+      </c>
+      <c r="B375" t="s">
+        <v>401</v>
+      </c>
+      <c r="C375" s="2">
+        <v>46064.6469212963</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" t="s">
+        <v>150</v>
+      </c>
+      <c r="B376" t="s">
+        <v>402</v>
+      </c>
+      <c r="C376" s="2">
+        <v>46064.67087962963</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" t="s">
+        <v>136</v>
+      </c>
+      <c r="B377" t="s">
+        <v>403</v>
+      </c>
+      <c r="C377" s="2">
+        <v>46065.34775462963</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" t="s">
+        <v>160</v>
+      </c>
+      <c r="B378" t="s">
+        <v>404</v>
+      </c>
+      <c r="C378" s="2">
+        <v>46065.36189814815</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" t="s">
+        <v>161</v>
+      </c>
+      <c r="B379" t="s">
+        <v>405</v>
+      </c>
+      <c r="C379" s="2">
+        <v>46065.37248842593</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" t="s">
+        <v>159</v>
+      </c>
+      <c r="B380" t="s">
+        <v>406</v>
+      </c>
+      <c r="C380" s="2">
+        <v>46065.39863425926</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" t="s">
+        <v>126</v>
+      </c>
+      <c r="B381" t="s">
+        <v>407</v>
+      </c>
+      <c r="C381" s="2">
+        <v>46073.41851851852</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" t="s">
+        <v>145</v>
+      </c>
+      <c r="B382" t="s">
+        <v>408</v>
+      </c>
+      <c r="C382" s="2">
+        <v>46078.37678240741</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" t="s">
+        <v>145</v>
+      </c>
+      <c r="B383" t="s">
+        <v>409</v>
+      </c>
+      <c r="C383" s="2">
+        <v>46078.37755787037</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" t="s">
+        <v>129</v>
+      </c>
+      <c r="B384" t="s">
+        <v>410</v>
+      </c>
+      <c r="C384" s="2">
+        <v>46078.38309027778</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" t="s">
+        <v>141</v>
+      </c>
+      <c r="B385" t="s">
+        <v>411</v>
+      </c>
+      <c r="C385" s="2">
+        <v>46078.38373842592</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" t="s">
+        <v>127</v>
+      </c>
+      <c r="B386" t="s">
+        <v>412</v>
+      </c>
+      <c r="C386" s="2">
+        <v>46078.38613425926</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" t="s">
+        <v>127</v>
+      </c>
+      <c r="B387" t="s">
+        <v>413</v>
+      </c>
+      <c r="C387" s="2">
+        <v>46078.38686342593</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" t="s">
+        <v>145</v>
+      </c>
+      <c r="B388" t="s">
+        <v>414</v>
+      </c>
+      <c r="C388" s="2">
+        <v>46078.39111111111</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" t="s">
+        <v>129</v>
+      </c>
+      <c r="B389" t="s">
+        <v>415</v>
+      </c>
+      <c r="C389" s="2">
+        <v>46078.40805555556</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" t="s">
+        <v>127</v>
+      </c>
+      <c r="B390" t="s">
+        <v>416</v>
+      </c>
+      <c r="C390" s="2">
+        <v>46078.41071759259</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" t="s">
+        <v>129</v>
+      </c>
+      <c r="B391" t="s">
+        <v>276</v>
+      </c>
+      <c r="C391" s="2">
+        <v>46078.42008101852</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" t="s">
+        <v>141</v>
+      </c>
+      <c r="B392" t="s">
+        <v>417</v>
+      </c>
+      <c r="C392" s="2">
+        <v>46078.43189814815</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" t="s">
+        <v>141</v>
+      </c>
+      <c r="B393" t="s">
+        <v>418</v>
+      </c>
+      <c r="C393" s="2">
+        <v>46078.44865740741</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" t="s">
+        <v>132</v>
+      </c>
+      <c r="B394" t="s">
+        <v>419</v>
+      </c>
+      <c r="C394" s="2">
+        <v>46078.46931712963</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" t="s">
+        <v>132</v>
+      </c>
+      <c r="B395" t="s">
+        <v>414</v>
+      </c>
+      <c r="C395" s="2">
+        <v>46078.4852662037</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" t="s">
+        <v>135</v>
+      </c>
+      <c r="B396" t="s">
+        <v>420</v>
+      </c>
+      <c r="C396" s="2">
+        <v>46078.55575231482</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" t="s">
+        <v>135</v>
+      </c>
+      <c r="B397" t="s">
+        <v>414</v>
+      </c>
+      <c r="C397" s="2">
+        <v>46078.57237268519</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" t="s">
+        <v>147</v>
+      </c>
+      <c r="B398" t="s">
+        <v>421</v>
+      </c>
+      <c r="C398" s="2">
+        <v>46078.58886574074</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" t="s">
+        <v>141</v>
+      </c>
+      <c r="B399" t="s">
+        <v>422</v>
+      </c>
+      <c r="C399" s="2">
+        <v>46078.62304398148</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" t="s">
+        <v>141</v>
+      </c>
+      <c r="B400" t="s">
+        <v>423</v>
+      </c>
+      <c r="C400" s="2">
+        <v>46079.34636574074</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" t="s">
+        <v>129</v>
+      </c>
+      <c r="B401" t="s">
+        <v>424</v>
+      </c>
+      <c r="C401" s="2">
+        <v>46079.37604166667</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" t="s">
+        <v>141</v>
+      </c>
+      <c r="B402" t="s">
+        <v>424</v>
+      </c>
+      <c r="C402" s="2">
+        <v>46079.37630787037</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" t="s">
+        <v>129</v>
+      </c>
+      <c r="B403" t="s">
+        <v>425</v>
+      </c>
+      <c r="C403" s="2">
+        <v>46079.37670138889</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" t="s">
+        <v>156</v>
+      </c>
+      <c r="B404" t="s">
+        <v>426</v>
+      </c>
+      <c r="C404" s="2">
+        <v>46079.38504629629</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" t="s">
+        <v>147</v>
+      </c>
+      <c r="B405" t="s">
+        <v>427</v>
+      </c>
+      <c r="C405" s="2">
+        <v>46079.39893518519</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" t="s">
+        <v>156</v>
+      </c>
+      <c r="B406" t="s">
+        <v>428</v>
+      </c>
+      <c r="C406" s="2">
+        <v>46079.4387037037</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" t="s">
+        <v>156</v>
+      </c>
+      <c r="B407" t="s">
+        <v>429</v>
+      </c>
+      <c r="C407" s="2">
+        <v>46079.45820601852</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" t="s">
+        <v>147</v>
+      </c>
+      <c r="B408" t="s">
+        <v>393</v>
+      </c>
+      <c r="C408" s="2">
+        <v>46079.45856481481</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" t="s">
+        <v>147</v>
+      </c>
+      <c r="B409" t="s">
+        <v>430</v>
+      </c>
+      <c r="C409" s="2">
+        <v>46080.42759259259</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" t="s">
+        <v>148</v>
+      </c>
+      <c r="B410" t="s">
+        <v>431</v>
+      </c>
+      <c r="C410" s="2">
+        <v>46085.38024305556</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" t="s">
+        <v>159</v>
+      </c>
+      <c r="B411" t="s">
+        <v>432</v>
+      </c>
+      <c r="C411" s="2">
+        <v>46085.38296296296</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" t="s">
+        <v>159</v>
+      </c>
+      <c r="B412" t="s">
+        <v>433</v>
+      </c>
+      <c r="C412" s="2">
+        <v>46085.38324074074</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" t="s">
+        <v>121</v>
+      </c>
+      <c r="B413" t="s">
+        <v>434</v>
+      </c>
+      <c r="C413" s="2">
+        <v>46085.60100694445</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>